--- v0 (2026-01-29)
+++ v1 (2026-03-20)
@@ -10,242 +10,641 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="197">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 23 de 2025</t>
   </si>
   <si>
     <t>Vander Alberto Masson - Prefeito Municipal</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMISSÃO DE CRÉDITOS TRIBUTÁRIOS RELATIVOS AO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU DOS IMÓVEIS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Discussão Única</t>
   </si>
   <si>
     <t>Projeto Substitutivo nº 35 de 2025</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI COMPLEMENTAR 23/2025, QUE DISPÕE SOBRE A REMISSÃO DE CRÉDITOS TRIBUTÁRIOS RELATIVOS AO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU DOS IMÓVEIS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>Projeto de Lei Complementar nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>INCLUI DISPOSITIVOS NA LEI COMPLEMENTAR Nº 22, DE 18 DE DEZEMBRO DE 1996, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Tramitação Normal</t>
+  </si>
+  <si>
     <t>Projeto de Lei Ordinária nº 414 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS FISCAIS E ECONÔMICOS À CENTRAL DE TRATAMENTO DE RESIDUOS TANGARA DA SERRA LTDA, NOS TERMOS DO PROGRAMA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO – PRODEC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>Projeto de Lei Ordinária nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ALTERAÇÃO DO ANEXO DA LEI Nº 7.161, DE 10 DE DEZEMBRO DE 2025, E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>Regime de Urgência Especial</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO, A COMPROVAÇÃO, O PAGAMENTO E A ATUALIZAÇÃO DO AUXÍLIO-MORADIA E DO AUXÍLIO-ALIMENTAÇÃO AOS MÉDICOS PARTICIPANTES DO PROGRAMA MAIS MÉDICOS PARA O BRASIL NO ÂMBITO DO MUNICÍPIO DE TANGARÁ DA SERRA.</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO AO PROJETO DE LEI N. 2/2026, QUE DISPÕE SOBRE A CONCESSÃO, A COMPROVAÇÃO, O PAGAMENTO E A ATUALIZAÇÃO DO AUXÍLIO-MORADIA E DO AUXÍLIO-ALIMENTAÇÃO AOS MÉDICOS PARTICIPANTES DO PROGRAMA MAIS MÉDICOS PARA O BRASIL NO ÂMBITO DO MUNICÍPIO DE TANGARÁ DA SERRA.</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>INSTITUI A COMISSÃO ESPECIAL DE CONTRATAÇÃO PARA LICITAÇÃO DE PARCERIA PÚBLICO-PRIVADA, NA MODALIDADE CONCESSÃO PATROCINADA, PARA A PRESTAÇÃO DOS SERVIÇOS PÚBLICOS DE ESGOTAMENTO SANITÁRIO, MANEJO DE RESÍDUOS SÓLIDOS E SERVIÇOS COMPLEMENTARES NO MUNICÍPIO DE TANGARÁ DA SERRA/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO AO PROJETO DE LEI N. 9/2026, QUE INSTITUI A COMISSÃO ESPECIAL DE CONTRATAÇÃO PARA LICITAÇÃO DE PARCERIA PÚBLICO-PRIVADA, NA MODALIDADE CONCESSÃO PATROCINADA, PARA A PRESTAÇÃO DOS SERVIÇOS PÚBLICOS DE ESGOTAMENTO SANITÁRIO, MANEJO DE RESÍDUOS SÓLIDOS E SERVIÇOS COMPLEMENTARES NO MUNICÍPIO DE TANGARÁ DA SERRA/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Proposição apresentada em Plenário</t>
+  </si>
+  <si>
+    <t>Emendas e Subemendas a Proposições nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Fabio Brito</t>
+  </si>
+  <si>
+    <t>EMENDA AO PROJETO DE LEI 09/2026, DE DOIS DE FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA N.º 01-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI COMPLEMENTAR N.º 01-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>Zi Lima</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE SAÚDE, ASSISTÊNCIA SOCIAL E CIDADANIA E DIREITOS HUMANOS AO PROJETO DE LEI ORDINÁRIA 02/2026 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 16 de 2026</t>
+  </si>
+  <si>
+    <t>Renato Calhas</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 01/2026 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 17 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI COMPLEMENTAR 01/2026 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 22 de 2026</t>
+  </si>
+  <si>
+    <t>Helio da Nazaré</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE AGRICULTURA, MEIO AMBIENTE E DIREITOS DOS ANIMAIS AO PROJETO DE LEI ORDINÁRIA Nº 01/GP/2026</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 23 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO SUBSTITUTIVO 02/2026 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 24 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO SUBSTITUTIVO N.º 1-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 25 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO SUBSTITUTIVO N.º 2-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 26 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO SUBSTITUTIVO 01/2026 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 1 de 2026</t>
-[...22 lines deleted...]
-  <si>
     <t>Projeto de Lei Ordinária nº 3 de 2026</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORDINÁRIA Nº 3.711, DE 19 DE DEZEMBRO DE 2011, QUE AUTORIZA O USO DOS ESPAÇOS PÚBLICOS POR PARTICULARES NO MUNICÍPIO DE TANGARÁ DA SERRA – MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Regime de Urgência Simples</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 4 de 2026</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORDINÁRIA Nº 4.144, DE 28 DE NOVEMBRO DE 2013, QUE CRIA O FUNDO MUNICIPAL DE CULTURA DO MUNICÍPIO DE TANGARÁ DA SERRA – MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 5 de 2026</t>
   </si>
   <si>
     <t>Esdras Moraes</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMINAÇÃO DA RUA 03, NO BAIRRO VILA ESMERALDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 6 de 2026</t>
   </si>
   <si>
     <t>AUTORIZA A CONVERSÃO DE MULTAS DE TRÂNSITO DE COMPETÊNCIA MUNICIPAL EM BENEFÍCIO ADMINISTRATIVO CONDICIONADO À DOAÇÃO VOLUNTÁRIA DE SANGUE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>Projeto de Lei Ordinária nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Prof Sebastian</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A PROMOÇÃO DE AÇÕES DE APOIO ÀS PESSOAS COM DOENÇA DE ALZHEIMER E OUTRAS DEMÊNCIAS, BEM COMO AOS SEUS FAMILIARES E CUIDADORES NO ÂMBITO DO MUNICÍPIO DE TANGARÁ DA SERRA – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.970, DE 27 DE AGOSTO DE 2025 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.998, DE 11 DE SETEMBRO DE 2025 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 70.000,00 (SETENTA MIL REAIS) NA ESTRUTURA DA LEI Nº 7.148, DE 04 DE DEZEMBRO DE 2025 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DA SECRETARIA MUNICIPAL DE ESPORTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PROMOVER O PROGRAMA ESPECIAL DE REGULARIZAÇÃO TRIBUTÁRIA – PERT E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>Mensagem de Veto nº 11 de 2025</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI 437/2025 - AUTÓGRAFO DE LEI N.º 7.008/2025, QUE “DISPÕE SOBRE A ISENÇÃO CONDICIONADA DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) PARA PROPRIETÁRIOS RESIDENTES EM IMÓVEIS AFETADOS POR INTERVENÇÕES DO SAMAE NÃO REPARADAS NO PRAZO LEGAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>Mensagem de Veto nº 1 de 2026</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI 354/2025 - AUTÓGRAFO DE LEI N.º 7.013/2025, QUE“DISPÕE SOBRE A APLICAÇÃO DE MULTA ADMINISTRATIVA AO AGRESSOR EM CASOS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR CONTRA A MULHER, NO ÂMBITO DO MUNICÍPIO DE TANGARÁ DA SERRA, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>Requerimento nº 241 de 2025</t>
   </si>
   <si>
     <t>Edmilson Porfirio</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL, PROVIDÊNCIAS LEGISLATIVAS PARA ATENDIMENTO DE COTAS RACIAIS EM CONCURSO PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
-    <t>Proposição apresentada em Plenário</t>
-[...1 lines deleted...]
-  <si>
     <t>Requerimento nº 1 de 2026</t>
   </si>
   <si>
     <t>Escobar</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES, DOCUMENTOS E ESCLARECIMENTOS DETALHADOS ACERCA DA APRESENTAÇÃO NATALINA REALIZADA NO DIA 23 DE DEZEMBRO, NA PRAÇA DOS PIONEIROS, INCLUINDO TODAS AS CONTRATAÇÕES, CUSTOS, VALORES PAGOS, PROCESSOS ADMINISTRATIVOS, FONTES DE RECURSOS E DADOS COMPLETOS DE TODOS OS ARTISTAS QUE SE APRESENTARAM NO REFERIDO EVENTO.</t>
   </si>
   <si>
     <t>Requerimento nº 2 de 2026</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL RELATÓRIO COMPLETO, TÉCNICO E DOCUMENTADO ACERCA DA EXECUÇÃO, FISCALIZAÇÕES, NOTIFICAÇÕES, APLICAÇÃO DE PENALIDADES E DEMAIS PROVIDÊNCIAS ADOTADAS EM CUMPRIMENTO À LEI Nº 5.953, DE 15 DE MARÇO DE 2023, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE REMOÇÃO DE CABOS E FIAÇÃO AÉREOS EXCEDENTES E SEM USO NO MUNICÍPIO DE TANGARÁ DA SERRA.</t>
   </si>
   <si>
+    <t>Requerimento nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>REQUER AO PODER EXECUTIVO MUNICIPAL DOCUMENTOS E INFORMAÇÕES REFERENTES À REALIZAÇÃO DE NOVAS CONVOCAÇÕES NA ÁREA DA EDUCAÇÃO, COM FOCO NA EDUCAÇÃO ESPECIAL.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>Sarah Botelho</t>
+  </si>
+  <si>
+    <t>REQUER AO PODER EXECUTIVO MUNICIPAL INFORMAÇÕES SOBRE O PAGAMENTO DO REPASSE DO COMPLEMENTO DO PISO SALARIAL DA ENFERMAGEM PROFISSIONAIS DA UTI.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>REQUER À ENERGISA DE TANGARÁ DA SERRA INFORMAÇÕES REFERENTES À RETIRADA DE FIOS EM DESUSO.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Niltinho do Lanche</t>
+  </si>
+  <si>
+    <t>REQUER DO PODER EXECUTIVO MUNICIPAL, ACERCA DOS VALORES GASTOS NA OBRA DA PONTE SOBRE O RIO JUBA, ESPECIALMENTE DIANTE DA EXISTÊNCIA DE NOTAS FISCAIS REFERENTE À EXECUÇÃO DA REFERIDA OBRA.</t>
+  </si>
+  <si>
     <t>Indicação nº 1 de 2026</t>
   </si>
   <si>
     <t>Dona Neide</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO URGENTE DE SERVIÇOS DE LIMPEZA E ROÇADA DO MATO NO CRUZAMENTO DA RUA 42 COM A RUA 11, NO BAIRRO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>Indicação nº 2 de 2026</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO ESTADUAL DR. JOÃO JOSÉ DE MATTOS QUE BUSQUE, JUNTO AO GOVERNO DO ESTADO, A REALIZAÇÃO DE SERVIÇOS DE LEVANTAMENTO E CASCALHAMENTO NAS ESTRADAS DO CHAPADÃO RIO VERDE E DAS ÁREAS INDÍGENAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>Indicação nº 3 de 2026</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DE TANGARÁ DA SERRA QUE REGULAMENTE IMPLEMENTE E EXECUTE COM MÁXIMA PRIORIDADE POLÍTICA PÚBLICA QUE AUTORIZE A CONVERSÃO DE MULTAS DE TRÂNSITO DE COMPETÊNCIA MUNICIPAL EM BENEFÍCIO ADMINISTRATIVO CONDICIONADO À DOAÇÃO VOLUNTÁRIA DE SANGUE NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>Indicação nº 4 de 2026</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LEVANTAMENTO E CASCALHAMENTO NAS ESTRADAS DO CHAPADÃO RIO VERDE E DAS ÁREAS INDÍGENAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>Indicação nº 5 de 2026</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE, COM AS DEVIDAS SINALIZAÇÕES HORIZONTAIS E VERTICAIS, NA RUA JOSÉ CÂNDIDO MELHORANÇA (RUA 24), NO TRECHO COMPREENDIDO ENTRE A RUA 190, NAS PROXIMIDADES DO Nº 1.259 – N, NO BAIRRO JARDIM TARUMÃ.</t>
   </si>
   <si>
     <t>Indicação nº 6 de 2026</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A REALIZAÇÃO DA TROCA DE LÂMPADAS NA PRAÇA, LOCALIZADA NA RUA P, Nº 151-N, NO BAIRRO JARDIM TANAKA.</t>
   </si>
   <si>
     <t>Indicação nº 7 de 2026</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL POR MEIO DO SETOR COMPETENTE, QUE SEJA REALIZADA A IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE, BEM COMO A INSTALAÇÃO DE SINALIZAÇÃO VERTICAL E HORIZONTAL ADEQUADA, NA AVENIDA JOSÉ ALVES MARIANO, ANTIGA ESTRADA MUNICIPAL 11, EM FRENTE AO BRASIL MADEIRAS, NO BAIRRO JARDIM BURITIS.</t>
   </si>
   <si>
     <t>Indicação nº 8 de 2026</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE PROMOVA, COM A MÁXIMA URGÊNCIA, AS PROVIDÊNCIAS ADMINISTRATIVAS, TÉCNICAS E OPERACIONAIS NECESSÁRIAS PARA O PLENO CUMPRIMENTO DA LEGISLAÇÃO MUNICIPAL QUE TRATA DA REMOÇÃO DE CABOS E FIAÇÃO AÉREA EXCEDENTES E SEM USO NO MUNICÍPIO DE TANGARÁ DA SERRA, INCLUINDO A REALIZAÇÃO DE FISCALIZAÇÕES PERIÓDICAS, A EMISSÃO DE NOTIFICAÇÕES ÀS CONCESSIONÁRIAS RESPONSÁVEIS, A APLICAÇÃO DAS PENALIDADES CABÍVEIS, BEM COMO A ADOÇÃO DE DEMAIS MEDIDAS LEGAIS NECESSÁRIAS PARA GARANTIR A SEGURANÇA DA POPULAÇÃO, A ORGANIZAÇÃO URBANA E A MELHORIA DO ASPECTO VISUAL DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>Horácio Pereira</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE CRIAÇÃO DE MECANISMOS LEGAIS PARA CONCESSÃO DE DESCONTO, COMPENSAÇÃO OU REVISÃO DO VALOR DO IPTU DOS IMÓVEIS LOCALIZADOS EM VIAS PÚBLICAS QUE, EMBORA ASFALTADAS, ENCONTRAM-SE EM ESTADO PRECÁRIO DE CONSERVAÇÃO, COM BURACOS, FALTA DE MANUTENÇÃO E RISCOS À POPULAÇÃO, BEM COMO AS VIAS SEM PAVIMENTAÇÃO ASFALTICA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS QUANTO À ROTATÓRIA DA AVENIDA BRASIL COM A AVENIDA JOSÉ MANSANO (ANTIGA AVENIDA MAUÁ).</t>
+  </si>
+  <si>
+    <t>Indicação nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA (SINFRA), DA COORDENADORIA DE TRÂNSITO E TRANSPORTES RODOVIÁRIOS E DO DEPARTAMENTO DE TRÂNSITO (DETRAV), QUE SEJA REALIZADA A INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS), EM AMBOS OS SENTIDOS DA AVENIDA VIRGÍLIO FAVETTI, ESPECIALMENTE NAS PROXIMIDADES DO LAVA-JATO ELEFANTE AZUL, NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE INFRAESTRUTURA, A TROCA DAS LÂMPADAS CONVENCIONAIS POR LÂMPADAS DE LED NA COMUNIDADE TRIÂNGULO, VISANDO MELHORAR A ILUMINAÇÃO PÚBLICA, A SEGURANÇA E O BEM-ESTAR DOS MORADORES.</t>
+  </si>
+  <si>
+    <t>Indicação nº 13 de 2026</t>
+  </si>
+  <si>
+    <t>REITERA OS TERMOS DA INDICAÇÃO DE Nº 277 DO DIA 21/03/2025, QUE INDICOU AO PODER EXECUTIVO MUNICIPAL, QUE REALIZE PATROLAMENTO, CASCALHAMENTO E REBAIXAMENTO DOS MORROS NAS ESTRADAS, DA AGROVILA 05 E DEMAIS AGROVILAS NO ASSENTAMENTO ANTONIO CONSELHEIRO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 14 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL, QUE SEJA REALIZADA A REFORMA E ADEQUAÇÃO DOS BANCOS DAS PRAÇAS PÚBLICAS E DO BOSQUE MUNICIPAL, COM O OBJETIVO DE GARANTIR MELHORES CONDIÇÕES DE USO À COMUNIDADE, ESSA INDICAÇÃO CONTEMPLA, AINDA, A INSTALAÇÃO OU REVITALIZAÇÃO DE: BANCOS ADEQUADOS E EM BOM ESTADO DE CONSERVAÇÃO; ILUMINAÇÃO PÚBLICA EFICIENTE, VISANDO MAIOR SEGURANÇA; ACADEMIA AO AR LIVRE DESTINADA ESPECIALMENTE AOS IDOSOS; BRINQUEDOS INFANTIS ADEQUADOS, SEGUROS E INCLUSIVOS PARA AS CRIANÇAS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 15 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA DO TERRENO LOCALIZADO EM FRENTE À UNIDADE DE SAÚDE FAMILIAR DA VILA GOIANIA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 16 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE MICRO REVESTIMENTO ASFÁLTICO NAS RUAS 32, 34, 36, 38, 40, 42 DO BAIRRO VILA HORIZONTE.</t>
+  </si>
+  <si>
+    <t>Indicação nº 17 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE PROMOVA FISCALIZAÇÕES E AVALIAÇÕES TÉCNICAS NAS FAIXAS ELEVADAS EXISTENTES NO MUNICÍPIO, VISANDO ADEQUAÇÕES QUE GARANTAM PLENA ACESSIBILIDADE ÀS PESSOAS COM DEFICIÊNCIA (PCDS) E DEMAIS CIDADÃOS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 18 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A CANALIZAÇÃO DO CANAL SECO QUE CORTA A VILA HORIZONTE, JARDIM TANAKA E JARDIM PARAISO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 19 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE CONCEDA A REVISÃO GERAL ANUAL (RGA) REFERENTE AO EXERCÍCIO DE 2026 EM PERCENTUAL NÃO INFERIOR AO IPCA ACUMULADO DE 2025, BEM COMO ANALISE A POSSIBILIDADE DO ÍNDICE ENTRE 5,0% E 6,0%.</t>
+  </si>
+  <si>
+    <t>Indicação nº 20 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE SEJAM ADOTADAS, COM A MAIOR BREVIDADE POSSÍVEL, AS PROVIDÊNCIAS ADMINISTRATIVAS, NORMATIVAS E OPERACIONAIS NECESSÁRIAS PARA APLICAÇÃO DA LEI FEDERAL Nº 15.326, DE 6 DE JANEIRO DE 2026, NO ÂMBITO DO MUNICÍPIO, NO QUE SE REFERE À EDUCAÇÃO INFANTIL.</t>
+  </si>
+  <si>
+    <t>Indicação nº 21 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE 01 (UM) CONTAINER PARA A CONSTRUÇÃO DO PSF (PROGRAMA SAÚDE DA FAMÍLIA) DA COMUNIDADE NOSSA SENHORA APARECIDA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 22 de 2026</t>
+  </si>
+  <si>
+    <t>REITERA AO PODER EXECUTIVO MUNICIPAL A INDICAÇÃO 875/2025, PARA QUE SEJAM VIABILIZADOS ESTUDOS E ANÁLISES VISANDO À IMPLANTAÇÃO DE UM PROGRAMA DE KIT ESCOLAR NA REDE MUNICIPAL DE ENSINO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 23 de 2026</t>
+  </si>
+  <si>
+    <t>REITERA AO PODER EXECUTIVO MUNICIPAL A INDICAÇÃO 815/2025, QUE SOLICITA A REALIZAÇÃO DE ESTUDOS E ANÁLISES PARA A CESSÃO, PARCIAL OU TOTAL, DO ESPAÇO PÚBLICO ONDE SE ENCONTRA O MAPA DE TANGARÁ DA SERRA EM CONCRETO, EM FRENTE À PRAÇA DO MEMORIAL, VISANDO À DESTINAÇÃO DE ESPAÇO ADEQUADO AOS MOTOBOYS</t>
+  </si>
+  <si>
+    <t>Indicação nº 24 de 2026</t>
+  </si>
+  <si>
+    <t>REITERA AO PODER EXECUTIVO ESTADUAL A INDICAÇÃO 874/2025, SUGERINDO A ANÁLISE DA ADEQUAÇÃO DO MODELO DE DISTRIBUIÇÃO DE MATERIAL ESCOLAR PARA O FORMATO DE CARTÃO MATERIAL ESCOLAR OU VOUCHER.</t>
+  </si>
+  <si>
+    <t>Indicação nº 25 de 2026</t>
+  </si>
+  <si>
+    <t>REITERA AO PODER EXECUTIVO MUNICIPAL A INDICAÇÃO 904/2025, QUE INDICA A PROMOÇÃO DE ESTUDOS E AÇÕES VISANDO À REALIZAÇÃO DE PARCERIAS PÚBLICO-PRIVADAS PARA A CONSTRUÇÃO DE ESPAÇO DESTINADO AOS MOTOBOYS E ENTREGADORES DE DELIVERY NO MUNICÍPIO DE TANGARÁ DA SERRA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 26 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL, COM CARÁTER DE URGÊNCIA MÁXIMA, QUE DETERMINE IMEDIATAMENTE O REPARO DO BURACO ABERTO EXISTENTE NA ESQUINA DA RUA FRANCISCO JOSÉ DE MENDONÇA (11-A) COM A RUA JOSÉ ALVES DE SOUZA (18), NO BAIRRO JARDIM TANAKA, BEM COMO A SINALIZAÇÃO ADEQUADA DO LOCAL ATÉ A CONCLUSÃO DEFINITIVA DA OBRA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 27 de 2026</t>
+  </si>
+  <si>
+    <t>INDICO AO EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR A IMPLANTAÇÃO DE REDE DE BAIXA TENSÃO COM INSTALAÇÃO DE LUMINÁRIAS PÚBLICAS NA RUA 8, VIA QUE INTERLIGA OS BAIRROS JARDIM SÃO LUIZ E PORTO SEGURO, ESTENDENDO-SE ATÉ O ANEL VIÁRIO ANDRÉ MAGGI.</t>
+  </si>
+  <si>
+    <t>Indicação nº 28 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA NA PRACINHA DO BAIRRO VILA ALTA III.</t>
+  </si>
+  <si>
+    <t>Indicação nº 29 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM PARQUINHO (PLAYGROUND) DESTINADO ÀS CRIANÇAS NO DISTRITO DE PROGRESSO, COM EQUIPAMENTOS ADEQUADOS, SEGUROS E APROPRIADOS PARA DIFERENTES FAIXAS ETÁRIAS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 30 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A MANUTENÇÃO GERAL DE TODOS OS PONTOS DE ÔNIBUS EXISTENTES NO MUNICÍPIO, INCLUINDO: REPAROS ESTRUTURAIS, COBERTURA, ASSENTOS, SINALIZAÇÃO, LIMPEZA E ACESSIBILIDADE.</t>
+  </si>
+  <si>
+    <t>Indicação nº 31 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA URBANA, BEM COMO REPAROS E MANUTENÇÃO DOS CANTEIROS, EM TODA A EXTENSÃO DA AVENIDA BRASIL.</t>
+  </si>
+  <si>
+    <t>Indicação nº 32 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR SERVIÇOS DE ROÇAGEM, LIMPEZA E MANUTENÇÃO, BEM COMO COLOCAÇÃO DE MAIS LIXEIRAS NO PAQUE LINEAR LOCALIZADO NO BAIRRO DONA JULIA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 33 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A ADOÇÃO DE PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR A CRIAÇÃO E SINALIZAÇÃO DE VAGA DE ESTACIONAMENTO PREFERENCIAL PARA IDOSO EM FRENTE Á CASA LOTÉRICA BOA SORTE.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA N.º 06-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA N.º 02-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA N.º 10-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA N.º 09-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA N.º 08-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA N.º 04-2026 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE COMÉRCIO E TURISMO AO PROJETO DE LEI 4/2026 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE SAÚDE, ASSISTÊNCIA SOCIAL E CIDADANIA E DIREITOS HUMANOS AO PROJETO DE LEI ORDINÁRIA 06/2026 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 02/2026 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 13 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORAVEL DA COMISSÃO DE EDUCAÇÃO, CULTURA E ESPORTE DO PROJETO DE LEI ORDINARIA 05/2026.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 14 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE COMÉRCIO E TURISMO AO PROJETO DE LEI 3/2026 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 15 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 10/2026 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 18 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE SAÚDE, ASSISTÊNCIA SOCIAL E CIDADANIA E DIREITOS HUMANOS AO PROJETO DE LEI ORDINÁRIA 07/2026 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 19 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORAVEL DA COMISSÃO DE EDUCAÇÃO, CULTURA E ESPORTE DO PROJETO DE LEI ORDINARIA 004/2026.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 20 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 05/2025 VEREADOR ESDRAS MORAES</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 21 de 2026</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 08/2026 EXECUTIVO MUNICIPAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -537,59 +936,59 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="39.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="46.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="39.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
@@ -613,466 +1012,1946 @@
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>11204</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>11089</v>
+        <v>11428</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>11428</v>
+        <v>11089</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>11426</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>11429</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>11438</v>
+        <v>11500</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>11439</v>
+        <v>11475</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>11440</v>
+        <v>11485</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>11441</v>
+        <v>11505</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>11412</v>
+        <v>11479</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>35</v>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>11427</v>
+        <v>11480</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>11414</v>
+        <v>11488</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
       <c r="E14" t="s">
         <v>40</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>11432</v>
+        <v>11493</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
         <v>42</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>43</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>11442</v>
+        <v>11494</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
         <v>45</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>11430</v>
+        <v>11499</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
         <v>47</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>48</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>11431</v>
+        <v>11501</v>
       </c>
       <c r="B18" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
         <v>50</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>11433</v>
+        <v>11502</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
         <v>52</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>11434</v>
+        <v>11503</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
         <v>54</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>11435</v>
+        <v>11504</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" t="s">
         <v>56</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>11436</v>
+        <v>11428</v>
       </c>
       <c r="B22" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>11437</v>
+        <v>11426</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E23" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
+        <v>11429</v>
+      </c>
+      <c r="B24" t="s">
+        <v>57</v>
+      </c>
+      <c r="C24" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24" t="s">
+        <v>22</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>11438</v>
+      </c>
+      <c r="B25" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" t="s">
+        <v>58</v>
+      </c>
+      <c r="D25" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>11439</v>
+      </c>
+      <c r="B26" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>11440</v>
+      </c>
+      <c r="B27" t="s">
+        <v>57</v>
+      </c>
+      <c r="C27" t="s">
+        <v>63</v>
+      </c>
+      <c r="D27" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>11441</v>
+      </c>
+      <c r="B28" t="s">
+        <v>57</v>
+      </c>
+      <c r="C28" t="s">
+        <v>66</v>
+      </c>
+      <c r="D28" t="s">
+        <v>8</v>
+      </c>
+      <c r="E28" t="s">
+        <v>67</v>
+      </c>
+      <c r="F28" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>11468</v>
+      </c>
+      <c r="B29" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" t="s">
+        <v>69</v>
+      </c>
+      <c r="E29" t="s">
+        <v>70</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>11474</v>
+      </c>
+      <c r="B30" t="s">
+        <v>57</v>
+      </c>
+      <c r="C30" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" t="s">
+        <v>72</v>
+      </c>
+      <c r="F30" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>11475</v>
+      </c>
+      <c r="B31" t="s">
+        <v>57</v>
+      </c>
+      <c r="C31" t="s">
+        <v>26</v>
+      </c>
+      <c r="D31" t="s">
+        <v>8</v>
+      </c>
+      <c r="E31" t="s">
+        <v>27</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
+        <v>11476</v>
+      </c>
+      <c r="B32" t="s">
+        <v>57</v>
+      </c>
+      <c r="C32" t="s">
+        <v>73</v>
+      </c>
+      <c r="D32" t="s">
+        <v>8</v>
+      </c>
+      <c r="E32" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33">
+        <v>11412</v>
+      </c>
+      <c r="B33" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" t="s">
+        <v>75</v>
+      </c>
+      <c r="D33" t="s">
+        <v>8</v>
+      </c>
+      <c r="E33" t="s">
+        <v>76</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34">
+        <v>11427</v>
+      </c>
+      <c r="B34" t="s">
+        <v>57</v>
+      </c>
+      <c r="C34" t="s">
+        <v>77</v>
+      </c>
+      <c r="D34" t="s">
+        <v>8</v>
+      </c>
+      <c r="E34" t="s">
+        <v>78</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35">
+        <v>11414</v>
+      </c>
+      <c r="B35" t="s">
+        <v>57</v>
+      </c>
+      <c r="C35" t="s">
+        <v>79</v>
+      </c>
+      <c r="D35" t="s">
+        <v>80</v>
+      </c>
+      <c r="E35" t="s">
+        <v>81</v>
+      </c>
+      <c r="F35" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36">
+        <v>11432</v>
+      </c>
+      <c r="B36" t="s">
+        <v>57</v>
+      </c>
+      <c r="C36" t="s">
+        <v>82</v>
+      </c>
+      <c r="D36" t="s">
+        <v>83</v>
+      </c>
+      <c r="E36" t="s">
+        <v>84</v>
+      </c>
+      <c r="F36" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>11442</v>
+      </c>
+      <c r="B37" t="s">
+        <v>57</v>
+      </c>
+      <c r="C37" t="s">
+        <v>85</v>
+      </c>
+      <c r="D37" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" t="s">
+        <v>86</v>
+      </c>
+      <c r="F37" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>11470</v>
+      </c>
+      <c r="B38" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" t="s">
+        <v>87</v>
+      </c>
+      <c r="D38" t="s">
+        <v>69</v>
+      </c>
+      <c r="E38" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39">
+        <v>11471</v>
+      </c>
+      <c r="B39" t="s">
+        <v>57</v>
+      </c>
+      <c r="C39" t="s">
+        <v>89</v>
+      </c>
+      <c r="D39" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39" t="s">
+        <v>91</v>
+      </c>
+      <c r="F39" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40">
+        <v>11472</v>
+      </c>
+      <c r="B40" t="s">
+        <v>57</v>
+      </c>
+      <c r="C40" t="s">
+        <v>92</v>
+      </c>
+      <c r="D40" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" t="s">
+        <v>93</v>
+      </c>
+      <c r="F40" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41">
+        <v>11473</v>
+      </c>
+      <c r="B41" t="s">
+        <v>57</v>
+      </c>
+      <c r="C41" t="s">
+        <v>94</v>
+      </c>
+      <c r="D41" t="s">
+        <v>95</v>
+      </c>
+      <c r="E41" t="s">
+        <v>96</v>
+      </c>
+      <c r="F41" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42">
+        <v>11430</v>
+      </c>
+      <c r="B42" t="s">
+        <v>57</v>
+      </c>
+      <c r="C42" t="s">
+        <v>97</v>
+      </c>
+      <c r="D42" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" t="s">
+        <v>99</v>
+      </c>
+      <c r="F42" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43">
+        <v>11431</v>
+      </c>
+      <c r="B43" t="s">
+        <v>57</v>
+      </c>
+      <c r="C43" t="s">
+        <v>100</v>
+      </c>
+      <c r="D43" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" t="s">
+        <v>101</v>
+      </c>
+      <c r="F43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44">
+        <v>11433</v>
+      </c>
+      <c r="B44" t="s">
+        <v>57</v>
+      </c>
+      <c r="C44" t="s">
+        <v>102</v>
+      </c>
+      <c r="D44" t="s">
+        <v>83</v>
+      </c>
+      <c r="E44" t="s">
+        <v>103</v>
+      </c>
+      <c r="F44" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45">
+        <v>11434</v>
+      </c>
+      <c r="B45" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" t="s">
+        <v>104</v>
+      </c>
+      <c r="D45" t="s">
+        <v>98</v>
+      </c>
+      <c r="E45" t="s">
+        <v>105</v>
+      </c>
+      <c r="F45" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46">
+        <v>11435</v>
+      </c>
+      <c r="B46" t="s">
+        <v>57</v>
+      </c>
+      <c r="C46" t="s">
+        <v>106</v>
+      </c>
+      <c r="D46" t="s">
+        <v>64</v>
+      </c>
+      <c r="E46" t="s">
+        <v>107</v>
+      </c>
+      <c r="F46" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47">
+        <v>11436</v>
+      </c>
+      <c r="B47" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47" t="s">
+        <v>108</v>
+      </c>
+      <c r="D47" t="s">
+        <v>64</v>
+      </c>
+      <c r="E47" t="s">
+        <v>109</v>
+      </c>
+      <c r="F47" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48">
+        <v>11437</v>
+      </c>
+      <c r="B48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" t="s">
+        <v>110</v>
+      </c>
+      <c r="D48" t="s">
+        <v>64</v>
+      </c>
+      <c r="E48" t="s">
+        <v>111</v>
+      </c>
+      <c r="F48" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49">
         <v>11443</v>
       </c>
-      <c r="B24" t="s">
-[...5 lines deleted...]
-      <c r="D24" t="s">
+      <c r="B49" t="s">
+        <v>57</v>
+      </c>
+      <c r="C49" t="s">
+        <v>112</v>
+      </c>
+      <c r="D49" t="s">
+        <v>83</v>
+      </c>
+      <c r="E49" t="s">
+        <v>113</v>
+      </c>
+      <c r="F49" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50">
+        <v>11444</v>
+      </c>
+      <c r="B50" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" t="s">
+        <v>114</v>
+      </c>
+      <c r="D50" t="s">
+        <v>115</v>
+      </c>
+      <c r="E50" t="s">
+        <v>116</v>
+      </c>
+      <c r="F50" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51">
+        <v>11445</v>
+      </c>
+      <c r="B51" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" t="s">
+        <v>117</v>
+      </c>
+      <c r="D51" t="s">
+        <v>80</v>
+      </c>
+      <c r="E51" t="s">
+        <v>118</v>
+      </c>
+      <c r="F51" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52">
+        <v>11446</v>
+      </c>
+      <c r="B52" t="s">
+        <v>57</v>
+      </c>
+      <c r="C52" t="s">
+        <v>119</v>
+      </c>
+      <c r="D52" t="s">
+        <v>95</v>
+      </c>
+      <c r="E52" t="s">
+        <v>120</v>
+      </c>
+      <c r="F52" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53">
+        <v>11447</v>
+      </c>
+      <c r="B53" t="s">
+        <v>57</v>
+      </c>
+      <c r="C53" t="s">
+        <v>121</v>
+      </c>
+      <c r="D53" t="s">
+        <v>95</v>
+      </c>
+      <c r="E53" t="s">
+        <v>122</v>
+      </c>
+      <c r="F53" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54">
+        <v>11448</v>
+      </c>
+      <c r="B54" t="s">
+        <v>57</v>
+      </c>
+      <c r="C54" t="s">
+        <v>123</v>
+      </c>
+      <c r="D54" t="s">
+        <v>95</v>
+      </c>
+      <c r="E54" t="s">
+        <v>124</v>
+      </c>
+      <c r="F54" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55">
+        <v>11449</v>
+      </c>
+      <c r="B55" t="s">
+        <v>57</v>
+      </c>
+      <c r="C55" t="s">
+        <v>125</v>
+      </c>
+      <c r="D55" t="s">
+        <v>95</v>
+      </c>
+      <c r="E55" t="s">
+        <v>126</v>
+      </c>
+      <c r="F55" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56">
+        <v>11450</v>
+      </c>
+      <c r="B56" t="s">
+        <v>57</v>
+      </c>
+      <c r="C56" t="s">
+        <v>127</v>
+      </c>
+      <c r="D56" t="s">
+        <v>98</v>
+      </c>
+      <c r="E56" t="s">
+        <v>128</v>
+      </c>
+      <c r="F56" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57">
+        <v>11451</v>
+      </c>
+      <c r="B57" t="s">
+        <v>57</v>
+      </c>
+      <c r="C57" t="s">
+        <v>129</v>
+      </c>
+      <c r="D57" t="s">
+        <v>80</v>
+      </c>
+      <c r="E57" t="s">
+        <v>130</v>
+      </c>
+      <c r="F57" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58">
+        <v>11452</v>
+      </c>
+      <c r="B58" t="s">
+        <v>57</v>
+      </c>
+      <c r="C58" t="s">
+        <v>131</v>
+      </c>
+      <c r="D58" t="s">
+        <v>69</v>
+      </c>
+      <c r="E58" t="s">
+        <v>132</v>
+      </c>
+      <c r="F58" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59">
+        <v>11453</v>
+      </c>
+      <c r="B59" t="s">
+        <v>57</v>
+      </c>
+      <c r="C59" t="s">
+        <v>133</v>
+      </c>
+      <c r="D59" t="s">
+        <v>80</v>
+      </c>
+      <c r="E59" t="s">
+        <v>134</v>
+      </c>
+      <c r="F59" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60">
+        <v>11454</v>
+      </c>
+      <c r="B60" t="s">
+        <v>57</v>
+      </c>
+      <c r="C60" t="s">
+        <v>135</v>
+      </c>
+      <c r="D60" t="s">
+        <v>69</v>
+      </c>
+      <c r="E60" t="s">
+        <v>136</v>
+      </c>
+      <c r="F60" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61">
+        <v>11455</v>
+      </c>
+      <c r="B61" t="s">
+        <v>57</v>
+      </c>
+      <c r="C61" t="s">
+        <v>137</v>
+      </c>
+      <c r="D61" t="s">
+        <v>69</v>
+      </c>
+      <c r="E61" t="s">
+        <v>138</v>
+      </c>
+      <c r="F61" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62">
+        <v>11456</v>
+      </c>
+      <c r="B62" t="s">
+        <v>57</v>
+      </c>
+      <c r="C62" t="s">
+        <v>139</v>
+      </c>
+      <c r="D62" t="s">
+        <v>80</v>
+      </c>
+      <c r="E62" t="s">
+        <v>140</v>
+      </c>
+      <c r="F62" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63">
+        <v>11457</v>
+      </c>
+      <c r="B63" t="s">
+        <v>57</v>
+      </c>
+      <c r="C63" t="s">
+        <v>141</v>
+      </c>
+      <c r="D63" t="s">
+        <v>69</v>
+      </c>
+      <c r="E63" t="s">
+        <v>142</v>
+      </c>
+      <c r="F63" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64">
+        <v>11458</v>
+      </c>
+      <c r="B64" t="s">
+        <v>57</v>
+      </c>
+      <c r="C64" t="s">
+        <v>143</v>
+      </c>
+      <c r="D64" t="s">
+        <v>69</v>
+      </c>
+      <c r="E64" t="s">
+        <v>144</v>
+      </c>
+      <c r="F64" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65">
+        <v>11459</v>
+      </c>
+      <c r="B65" t="s">
+        <v>57</v>
+      </c>
+      <c r="C65" t="s">
+        <v>145</v>
+      </c>
+      <c r="D65" t="s">
+        <v>69</v>
+      </c>
+      <c r="E65" t="s">
+        <v>146</v>
+      </c>
+      <c r="F65" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66">
+        <v>11460</v>
+      </c>
+      <c r="B66" t="s">
+        <v>57</v>
+      </c>
+      <c r="C66" t="s">
+        <v>147</v>
+      </c>
+      <c r="D66" t="s">
+        <v>69</v>
+      </c>
+      <c r="E66" t="s">
+        <v>148</v>
+      </c>
+      <c r="F66" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67">
+        <v>11461</v>
+      </c>
+      <c r="B67" t="s">
+        <v>57</v>
+      </c>
+      <c r="C67" t="s">
+        <v>149</v>
+      </c>
+      <c r="D67" t="s">
+        <v>83</v>
+      </c>
+      <c r="E67" t="s">
+        <v>150</v>
+      </c>
+      <c r="F67" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68">
+        <v>11462</v>
+      </c>
+      <c r="B68" t="s">
+        <v>57</v>
+      </c>
+      <c r="C68" t="s">
+        <v>151</v>
+      </c>
+      <c r="D68" t="s">
+        <v>47</v>
+      </c>
+      <c r="E68" t="s">
+        <v>152</v>
+      </c>
+      <c r="F68" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69">
+        <v>11463</v>
+      </c>
+      <c r="B69" t="s">
+        <v>57</v>
+      </c>
+      <c r="C69" t="s">
+        <v>153</v>
+      </c>
+      <c r="D69" t="s">
+        <v>98</v>
+      </c>
+      <c r="E69" t="s">
+        <v>154</v>
+      </c>
+      <c r="F69" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70">
+        <v>11464</v>
+      </c>
+      <c r="B70" t="s">
+        <v>57</v>
+      </c>
+      <c r="C70" t="s">
+        <v>155</v>
+      </c>
+      <c r="D70" t="s">
+        <v>115</v>
+      </c>
+      <c r="E70" t="s">
+        <v>156</v>
+      </c>
+      <c r="F70" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71">
+        <v>11465</v>
+      </c>
+      <c r="B71" t="s">
+        <v>57</v>
+      </c>
+      <c r="C71" t="s">
+        <v>157</v>
+      </c>
+      <c r="D71" t="s">
+        <v>115</v>
+      </c>
+      <c r="E71" t="s">
+        <v>158</v>
+      </c>
+      <c r="F71" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72">
+        <v>11466</v>
+      </c>
+      <c r="B72" t="s">
+        <v>57</v>
+      </c>
+      <c r="C72" t="s">
+        <v>159</v>
+      </c>
+      <c r="D72" t="s">
+        <v>115</v>
+      </c>
+      <c r="E72" t="s">
+        <v>160</v>
+      </c>
+      <c r="F72" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73">
+        <v>11467</v>
+      </c>
+      <c r="B73" t="s">
+        <v>57</v>
+      </c>
+      <c r="C73" t="s">
+        <v>161</v>
+      </c>
+      <c r="D73" t="s">
+        <v>115</v>
+      </c>
+      <c r="E73" t="s">
+        <v>162</v>
+      </c>
+      <c r="F73" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74">
+        <v>11469</v>
+      </c>
+      <c r="B74" t="s">
+        <v>57</v>
+      </c>
+      <c r="C74" t="s">
+        <v>163</v>
+      </c>
+      <c r="D74" t="s">
+        <v>90</v>
+      </c>
+      <c r="E74" t="s">
+        <v>164</v>
+      </c>
+      <c r="F74" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75">
+        <v>11477</v>
+      </c>
+      <c r="B75" t="s">
+        <v>57</v>
+      </c>
+      <c r="C75" t="s">
+        <v>165</v>
+      </c>
+      <c r="D75" t="s">
+        <v>32</v>
+      </c>
+      <c r="E75" t="s">
+        <v>166</v>
+      </c>
+      <c r="F75" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76">
+        <v>11478</v>
+      </c>
+      <c r="B76" t="s">
+        <v>57</v>
+      </c>
+      <c r="C76" t="s">
+        <v>167</v>
+      </c>
+      <c r="D76" t="s">
+        <v>32</v>
+      </c>
+      <c r="E76" t="s">
+        <v>168</v>
+      </c>
+      <c r="F76" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77">
+        <v>11479</v>
+      </c>
+      <c r="B77" t="s">
+        <v>57</v>
+      </c>
+      <c r="C77" t="s">
+        <v>34</v>
+      </c>
+      <c r="D77" t="s">
+        <v>32</v>
+      </c>
+      <c r="E77" t="s">
+        <v>35</v>
+      </c>
+      <c r="F77" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78">
+        <v>11480</v>
+      </c>
+      <c r="B78" t="s">
+        <v>57</v>
+      </c>
+      <c r="C78" t="s">
+        <v>36</v>
+      </c>
+      <c r="D78" t="s">
+        <v>32</v>
+      </c>
+      <c r="E78" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79">
+        <v>11481</v>
+      </c>
+      <c r="B79" t="s">
+        <v>57</v>
+      </c>
+      <c r="C79" t="s">
+        <v>169</v>
+      </c>
+      <c r="D79" t="s">
+        <v>32</v>
+      </c>
+      <c r="E79" t="s">
+        <v>170</v>
+      </c>
+      <c r="F79" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80">
+        <v>11482</v>
+      </c>
+      <c r="B80" t="s">
+        <v>57</v>
+      </c>
+      <c r="C80" t="s">
+        <v>171</v>
+      </c>
+      <c r="D80" t="s">
+        <v>32</v>
+      </c>
+      <c r="E80" t="s">
+        <v>172</v>
+      </c>
+      <c r="F80" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81">
+        <v>11483</v>
+      </c>
+      <c r="B81" t="s">
+        <v>57</v>
+      </c>
+      <c r="C81" t="s">
+        <v>173</v>
+      </c>
+      <c r="D81" t="s">
+        <v>32</v>
+      </c>
+      <c r="E81" t="s">
+        <v>174</v>
+      </c>
+      <c r="F81" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82">
+        <v>11484</v>
+      </c>
+      <c r="B82" t="s">
+        <v>57</v>
+      </c>
+      <c r="C82" t="s">
+        <v>175</v>
+      </c>
+      <c r="D82" t="s">
+        <v>32</v>
+      </c>
+      <c r="E82" t="s">
+        <v>176</v>
+      </c>
+      <c r="F82" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83">
+        <v>11486</v>
+      </c>
+      <c r="B83" t="s">
+        <v>57</v>
+      </c>
+      <c r="C83" t="s">
+        <v>177</v>
+      </c>
+      <c r="D83" t="s">
+        <v>115</v>
+      </c>
+      <c r="E83" t="s">
+        <v>178</v>
+      </c>
+      <c r="F83" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84">
+        <v>11487</v>
+      </c>
+      <c r="B84" t="s">
+        <v>57</v>
+      </c>
+      <c r="C84" t="s">
+        <v>179</v>
+      </c>
+      <c r="D84" t="s">
+        <v>39</v>
+      </c>
+      <c r="E84" t="s">
+        <v>180</v>
+      </c>
+      <c r="F84" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85">
+        <v>11488</v>
+      </c>
+      <c r="B85" t="s">
+        <v>57</v>
+      </c>
+      <c r="C85" t="s">
+        <v>38</v>
+      </c>
+      <c r="D85" t="s">
+        <v>39</v>
+      </c>
+      <c r="E85" t="s">
+        <v>40</v>
+      </c>
+      <c r="F85" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86">
+        <v>11489</v>
+      </c>
+      <c r="B86" t="s">
+        <v>57</v>
+      </c>
+      <c r="C86" t="s">
+        <v>181</v>
+      </c>
+      <c r="D86" t="s">
+        <v>42</v>
+      </c>
+      <c r="E86" t="s">
+        <v>182</v>
+      </c>
+      <c r="F86" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87">
+        <v>11490</v>
+      </c>
+      <c r="B87" t="s">
+        <v>57</v>
+      </c>
+      <c r="C87" t="s">
+        <v>183</v>
+      </c>
+      <c r="D87" t="s">
+        <v>83</v>
+      </c>
+      <c r="E87" t="s">
+        <v>184</v>
+      </c>
+      <c r="F87" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88">
+        <v>11491</v>
+      </c>
+      <c r="B88" t="s">
+        <v>57</v>
+      </c>
+      <c r="C88" t="s">
+        <v>185</v>
+      </c>
+      <c r="D88" t="s">
+        <v>115</v>
+      </c>
+      <c r="E88" t="s">
+        <v>186</v>
+      </c>
+      <c r="F88" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89">
+        <v>11492</v>
+      </c>
+      <c r="B89" t="s">
+        <v>57</v>
+      </c>
+      <c r="C89" t="s">
+        <v>187</v>
+      </c>
+      <c r="D89" t="s">
+        <v>42</v>
+      </c>
+      <c r="E89" t="s">
+        <v>188</v>
+      </c>
+      <c r="F89" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90">
+        <v>11493</v>
+      </c>
+      <c r="B90" t="s">
+        <v>57</v>
+      </c>
+      <c r="C90" t="s">
+        <v>41</v>
+      </c>
+      <c r="D90" t="s">
+        <v>42</v>
+      </c>
+      <c r="E90" t="s">
         <v>43</v>
       </c>
-      <c r="E24" t="s">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="F90" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91">
+        <v>11494</v>
+      </c>
+      <c r="B91" t="s">
+        <v>57</v>
+      </c>
+      <c r="C91" t="s">
+        <v>44</v>
+      </c>
+      <c r="D91" t="s">
+        <v>42</v>
+      </c>
+      <c r="E91" t="s">
+        <v>45</v>
+      </c>
+      <c r="F91" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92">
+        <v>11495</v>
+      </c>
+      <c r="B92" t="s">
+        <v>57</v>
+      </c>
+      <c r="C92" t="s">
+        <v>189</v>
+      </c>
+      <c r="D92" t="s">
+        <v>39</v>
+      </c>
+      <c r="E92" t="s">
+        <v>190</v>
+      </c>
+      <c r="F92" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93">
+        <v>11496</v>
+      </c>
+      <c r="B93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C93" t="s">
+        <v>191</v>
+      </c>
+      <c r="D93" t="s">
+        <v>83</v>
+      </c>
+      <c r="E93" t="s">
+        <v>192</v>
+      </c>
+      <c r="F93" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94">
+        <v>11497</v>
+      </c>
+      <c r="B94" t="s">
+        <v>57</v>
+      </c>
+      <c r="C94" t="s">
+        <v>193</v>
+      </c>
+      <c r="D94" t="s">
+        <v>64</v>
+      </c>
+      <c r="E94" t="s">
+        <v>194</v>
+      </c>
+      <c r="F94" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95">
+        <v>11498</v>
+      </c>
+      <c r="B95" t="s">
+        <v>57</v>
+      </c>
+      <c r="C95" t="s">
+        <v>195</v>
+      </c>
+      <c r="D95" t="s">
+        <v>64</v>
+      </c>
+      <c r="E95" t="s">
+        <v>196</v>
+      </c>
+      <c r="F95" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96">
+        <v>11499</v>
+      </c>
+      <c r="B96" t="s">
+        <v>57</v>
+      </c>
+      <c r="C96" t="s">
+        <v>46</v>
+      </c>
+      <c r="D96" t="s">
+        <v>47</v>
+      </c>
+      <c r="E96" t="s">
+        <v>48</v>
+      </c>
+      <c r="F96" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97">
+        <v>11485</v>
+      </c>
+      <c r="B97" t="s">
+        <v>57</v>
+      </c>
+      <c r="C97" t="s">
+        <v>28</v>
+      </c>
+      <c r="D97" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" t="s">
+        <v>29</v>
+      </c>
+      <c r="F97" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98">
+        <v>11500</v>
+      </c>
+      <c r="B98" t="s">
+        <v>57</v>
+      </c>
+      <c r="C98" t="s">
+        <v>23</v>
+      </c>
+      <c r="D98" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98" t="s">
+        <v>24</v>
+      </c>
+      <c r="F98" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>