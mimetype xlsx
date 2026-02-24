--- v0 (2025-10-26)
+++ v1 (2026-02-24)
@@ -10,218 +10,416 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="198">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
+    <t>Parecer de Comissão Permanente nº 816 de 2025</t>
+  </si>
+  <si>
+    <t>Zi Lima</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL: COMISSÃO DE SAÚDE, ASSISTÊNCIA SOCIAL E CIDADANIA E DIREITOS HUMANOS - PLO Nº 335/2025</t>
+  </si>
+  <si>
+    <t>Discussão Única</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 854 de 2025</t>
+  </si>
+  <si>
+    <t>Fabio Brito</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 335/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 879 de 2025</t>
+  </si>
+  <si>
+    <t>Renato Calhas</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 335/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Proposição apresentada em Plenário</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 901 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI SUBSTITUTIVO 28/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 905 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE SAÚDE, ASSISTÊNCIA SOCIAL E CIDADANIA E DIREITOS HUMANOS AO PROJETO DE LEI ORDINÁRIA 28/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>Emendas e Subemendas a Proposições nº 12 de 2025</t>
+  </si>
+  <si>
+    <t>EMENDA AO PROJETO  DE LEI SUBSTITUTIVO N.º 28/2025 PODER EXECULTIVO</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo nº 28 de 2025</t>
+  </si>
+  <si>
+    <t>Vander Alberto Masson - Prefeito Municipal</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO AO PROJETO DE LEI 335/2025, QUE INSTITUI O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO (PCCR) DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E DOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE), E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 335 de 2025</t>
+  </si>
+  <si>
+    <t>INSTITUI O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO (PCCR) DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E DOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE), E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 866 de 2025</t>
+  </si>
+  <si>
+    <t>Escobar</t>
+  </si>
+  <si>
+    <t>PARECER FAVORAVEL DA COMISSÃO DE EDUCAÇÃO, CULTURA E ESPORTE DO PROJETO DE LEI ORDINARIA 348/2025</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 908 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 348/2025 LEGISLATIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Emendas e Subemendas a Proposições nº 11 de 2025</t>
+  </si>
+  <si>
+    <t>Prof Sebastian</t>
+  </si>
+  <si>
+    <t>EMENDA AO PROJETO DE LEI 348/2025</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 348 de 2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A PROIBIÇÃO DA REPRODUÇÃO DE MÚSICAS QUE CONTENHAM LETRAS COM LINGUAGEM EXPLÍCITA, CONOTAÇÕES SEXUAIS, VIOLÊNCIA OU APOLOGIA AO USO DE SUBSTÂNCIAS ILÍCITAS EM VEÍCULOS COLETIVOS DE DIVERSÃO PÚBLICOS E PRIVADOS QUE TRANSPORTEM CRIANÇAS E ADOLESCENTES NO ÂMBITO DO MUNICÍPIO DE TANGARÁ DA SERRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 882 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 350/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 862 de 2025</t>
+  </si>
+  <si>
+    <t>Esdras Moraes</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 350/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 350 de 2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.544, DE 15 DE JULHO DE 2024 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.619, DE 27 DE SETEMBRO DE 2024 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS) NA ESTRUTURA DA LEI Nº 6.706, DE 10 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DO GABINETE DO PREFEITO E DEPENDÊNCIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo nº 29 de 2025</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO AO PROJETO DE LEI 351/2025, QUE DISPÕE SOBRE O ATENDIMENTO PRIORITÁRIO AOS ADVOGADOS INSCRITOS NA ORDEM DOS ADVOGADOS DO BRASIL (OAB) NOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE TANGARÁ DA SERRA.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 902 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI 351/20025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 351 de 2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O ATENDIMENTO PRIORITÁRIO AOS ADVOGADOS INSCRITOS NA ORDEM DOS ADVOGADOS DO BRASIL (OAB) NOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE TANGARÁ DA SERRA.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 865 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 353/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 873 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 353/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 880 de 2025</t>
+  </si>
+  <si>
+    <t>Horácio Pereira</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE COMÉRCIO E TURISMO AO PROJETO DE LEI 353/2025 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 353 de 2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.544, DE 15 DE JULHO DE 2024 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.619, DE 27 DE SETEMBRO DE 2024 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 803.148,00 (OITOCENTOS E TRÊS MIL, CENTO E QUARENTA E OITO REAIS) NA ESTRUTURA DA LEI Nº 6.706, DE 10 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 885 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 359/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 895 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 359/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 903 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE SAÚDE, ASSISTÊNCIA SOCIAL E CIDADANIA E DIREITOS HUMANOS AO PROJETO DE LEI ORDINÁRIA 359/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 359 de 2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.544, DE 15 DE JULHO DE 2024 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.619, DE 27 DE SETEMBRO DE 2024 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) NA ESTRUTURA DA LEI Nº 6.706, DE 10 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Regime de Urgência Simples</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 889 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 360/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 907 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 360/2025 EXECUTIVO MUNCIPAL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 360 de 2025</t>
+  </si>
+  <si>
+    <t>AMPLIA UMA VAGA DE ARQUITETO NO QUADRO DE PESSOAL DO MUNICÍPIO DE TANGARÁ DA SERRA E ALTERA O ANEXO I-D DA LEI Nº 2.875, DE 10 DE ABRIL DE 2008, E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 886 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 361/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 892 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 361/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 904 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE SAÚDE, ASSISTÊNCIA SOCIAL E CIDADANIA E DIREITOS HUMANOS AO PROJETO DE LEI ORDINÁRIA 361/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 361 de 2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.544, DE 15 DE JULHO DE 2024 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.619, DE 27 DE SETEMBRO DE 2024 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 26.000,00 (VINTE E SEIS MIL REAIS) NA ESTRUTURA DA LEI Nº 6.706, DE 10 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DA SECRETARIA MUNICIPAL SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 894 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 362/2025 VEREADORES SUBSCRITORES</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 899 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINARIA 362/2025 LEGISLATIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 362 de 2025</t>
+  </si>
+  <si>
+    <t>Edmilson Porfirio</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI N.º 4769, DE 18 DE ABRIL DE 2.017, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>Regime de Urgência Especial</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 893 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 367/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 896 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 367/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 909 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORAVEL AO PROJETO DE LEI Nº 367/2025 DA COMISSAO DE EDUCAÇÃO, CULTURA E ESPORTE. (CEE)</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 367 de 2025</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.544, DE 15 DE JULHO DE 2024 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.619, DE 27 DE SETEMBRO DE 2024 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 83.732,58 (OITENTA E TRÊS MIL, SETECENTOS E TRINTA E DOIS REAIS E CINQUENTA E OITO CENTAVOS) NA ESTRUTURA DA LEI Nº 6.706, DE 10 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>Projeto de Lei Complementar nº 23 de 2025</t>
   </si>
   <si>
-    <t>Vander Alberto Masson - Prefeito Municipal</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPÕE SOBRE A REMISSÃO DE CRÉDITOS TRIBUTÁRIOS RELATIVOS AO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU DOS IMÓVEIS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>Discussão Única</t>
-[...1 lines deleted...]
-  <si>
     <t>Projeto de Lei Complementar nº 25 de 2025</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 163, DE 16 DE FEVEREIRO DE 2012, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 335 de 2025</t>
-[...31 lines deleted...]
-  <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 26 de 2025</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ART. 249 DA LEI COMPLEMENTAR Nº 22, DE 18 DE DEZEMBRO DE 1996, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>Regime de Urgência Simples</t>
-[...1 lines deleted...]
-  <si>
     <t>Projeto de Lei Complementar nº 27 de 2025</t>
   </si>
   <si>
     <t>Niltinho do Lanche</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXIGÊNCIA DE APROVAÇÃO LEGISLATIVA E CONTROLE SOCIAL PRÉVIO PARA APLICAÇÃO DE REAJUSTES TAXAS E TARIFAS DO SERVIÇOS DE ÁGUA E ESGOTO NO MUNICÍPIO DE TANGARÁ DA SERRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 359 de 2025</t>
-[...28 lines deleted...]
-  <si>
     <t>Projeto de Lei Ordinária nº 363 de 2025</t>
   </si>
   <si>
-    <t>Esdras Moraes</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA SAÚDE BUCAL NO MUNICÍPIO DE TANGARÁ DA SERRA-MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Tramitação Normal</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 364 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.544, DE 15 DE JULHO DE 2024 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.619, DE 27 DE SETEMBRO DE 2024 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 30.000,00 (TRINTA MIL REAIS) NA ESTRUTURA DA LEI Nº 6.706, DE 10 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DA SECRETARIA MUNICIPAL INFRAESTRUTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 365 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA META FINANCEIRA DA LEI Nº 6.544, DE 15 DE JULHO DE 2024 E SUA ALTERAÇÃO – PLANO PLURIANUAL E DA LEI Nº 6.619, DE 27 DE SETEMBRO DE 2024 E SUA ALTERAÇÃO – LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO, E ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 163.000,00 (CENTO E SESSENTA E TRÊS MIL REAIS) NA ESTRUTURA DA LEI Nº 6.706, DE 10 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL – LOA, DESTINADO A CUSTEAR DESPESAS DO INSTITUTO MUNICIPAL DE PREVIDÊNCIA SOCIAL DOS SERVIDORES DE TANGARA DA SERRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 366 de 2025</t>
   </si>
   <si>
     <t>CRIA O CARGO DE COORDENADOR DE FROTAS NA ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE TANGARÁ DA SERRA, ALTERA A LEI Nº 2.099, DE 29 DE DEZEMBRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 367 de 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Requerimento nº 200 de 2025</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL DOCUMENTOS E INFORMAÇÕES REFERENTES À CONTINUIDADE DO ATENDIMENTO MÉDICO NOTURNO NO CENTRO DE SAÚDE E ESPECIALIDADES DO MUNICÍPIO, BEM COMO INFORMAÇÕES SOBRE A OFERTA DE ATENDIMENTO PSICOLÓGICO NO PERÍODO NOTURNO NO REFERIDO CENTRO.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Proposição apresentada em Plenário</t>
   </si>
   <si>
     <t>Requerimento nº 201 de 2025</t>
   </si>
   <si>
     <t>Evânia Félix</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE ACOMPANHAMENTO PSICOLÓGICO ESCOLAR NAS SEGUINTES UNIDADES DE ENSINO DA ZONA RURAL ESCOLA MUNICIPAL PETRÔNIO PORTELA NUNES E NO DISTRITO DE SÃO JORGE E NA ESCOLA PROFESSORA JUCILEIDE PRAXEDES NA GLEBA TRIÂNGULO.</t>
   </si>
   <si>
     <t>Requerimento nº 202 de 2025</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL A _x000D_
 SOLICITAÇÃO _x000D_
 DE _x000D_
 PRESENÇA _x000D_
 DIÁRIA _x000D_
 DE _x000D_
 PROFISSIONAL DE ENFERMAGEM NO POSTO DE _x000D_
 SAÚDE DO DISTRITO DE SÃO JORGE.</t>
   </si>
   <si>
     <t>Requerimento nº 203 de 2025</t>
@@ -263,53 +461,50 @@
     <t>Indicação nº 888 de 2025</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DA LIMPEZA E DESOBSTRUÇÃO DO LEITO DO CÓRREGO BURITIS, SITUADO NA RUA NEFTES DE CARVALHO, BAIRRO VILA LONDRINA.</t>
   </si>
   <si>
     <t>Indicação nº 889 de 2025</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO DA VIA QUE FICA ABAIXO DA AVENIDA LIONS INTERNACIONAL QUE DÁ ACESSO AO FRIGORÍFICO JBS, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>Indicação nº 890 de 2025</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A NECESSIDADE DE INSTALAÇÃO DE REDUTOR DE VELOCIDADE COM SUA DEVIDA SINALIZAÇÃO NA AVENIDA ARAPONGAS NO TRECHO COMPREENDIDO ENTRE A RUA DO PAVÃO E RUA DAS GARÇAS.</t>
   </si>
   <si>
     <t>Indicação nº 891 de 2025</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS PARA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA ACADEMIA AO AR LIVRE, LOCALIZADA AOS FUNDOS DO PARQUE MUNICIPAL ILTO FERREIRA COUTINHO (BOSQUE), NA RUA 19, VILA PORTUGUESA.</t>
   </si>
   <si>
     <t>Indicação nº 892 de 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Horácio Pereira</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A POSSIBILIDADE DE REALIZAR UM TRABALHO DE LIMPEZA NOS CANTEIROS EM TODA EXTENSÃO DA AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>Indicação nº 893 de 2025</t>
   </si>
   <si>
     <t>Dona Neide</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL INDICA AO EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DAS LÂMPADAS DA GLEBA TRIÂNGULO POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>Indicação nº 894 de 2025</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A EXTENSÃO DA REDE DE ENERGIA ELÉTRICA, COM A INSTALAÇÃO DE MAIS UM POSTE COM ILUMINAÇÃO PÚBLICA, NAS PROXIMIDADES DA UNIDADE CONSUMIDORA Nº 6/1226373-7, GLEBA TRIANGULO.</t>
   </si>
   <si>
     <t>Indicação nº 895 de 2025</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, À CONCESSIONÁRIA VIA BRASIL MT-246 S. A., À ASSEMBLEIA LEGISLATIVA DO ESTADO DE MATO GROSSO, EM NOME DO DEPUTADO ESTADUAL DR. JOÃO, À SECRETARIA DE ESTADO DE INFRAESTRUTURA E LOGÍSTICA (SINFRA-MT), IMPLANTAÇÃO DE ROTATÓRIAS DO TIPO VAZADA, READEQUAÇÃO DAS INTERSEÇÕES RODOVIÁRIAS E MELHORIAS DE SINALIZAÇÃO VERTICAL E HORIZONTAL NOS SEGUINTES TRECHOS DAS RODOVIAS ESTADUAIS:_x000D_
 •KM 76,80 – ENTRADA DA MT-339_x000D_
@@ -321,144 +516,156 @@
 •KM 35,00 – POVOADO SÃO JOAQUIM_x000D_
 •KM 40,55 – ENTRADA DA MT-399</t>
   </si>
   <si>
     <t>Indicação nº 896 de 2025</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REFORMA E AMPLIAÇÃO NOS BANHEIROS LOCALIZADO NO BOSQUE MUNICIPAL ILTO FERREIRA COUTINHO.</t>
   </si>
   <si>
     <t>Indicação nº 897 de 2025</t>
   </si>
   <si>
     <t>INDICA AO DEPUTADO DOUTOR JOÃO QUE INTERCEDA JUNTO À SECRETARIA DE INFRAESTRUTURA (SINFRA), PARA QUE SEJA PROVIDENCIADA A CONSTRUÇÃO DE ACOSTAMENTOS EM TODAS AS ENTRADAS DAS AGROVILAS DO ASSENTAMENTO ANTÔNIO CONSELHEIRO, LOCALIZADAS AO LONGO DA RODOVIA MT – 339.</t>
   </si>
   <si>
     <t>Indicação nº 898 de 2025</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DA INSTALAÇÃO DE UMA FAIXA ELEVADA PARA TRAVESSIA DE PEDESTRES NA RUA 12-A, ESQUINA COM A RUA 15-A, NO BAIRRO JARDIM ITÁLIA.</t>
   </si>
   <si>
     <t>Indicação nº 899 de 2025</t>
   </si>
   <si>
-    <t>Zi Lima</t>
-[...1 lines deleted...]
-  <si>
     <t>INDICA AO EXCELENTÍSSIMO DEPUTADO FEDERAL FÁBIO GARCIA E AO EXCELENTÍSSIMO DEPUTADO ESTADUAL FAISSAL CALIL, O APOIO PARA IMPLANTAÇÃO DE ROTATÓRIAS DO TIPO VAZADA, READEQUAÇÃO DAS INTERSEÇÕES RODOVIÁRIAS E MELHORIAS DE SINALIZAÇÃO VERTICAL E HORIZONTAL EM TRECHOS DAS RODOVIAS ESTADUAIS QUE LIGAM O MUNICÍPIO DE TANGARÁ DA SERRA A REGIÕES RURAIS E DISTRITOS.</t>
   </si>
   <si>
     <t>Indicação nº 900 de 2025</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE REALIZE ESTUDOS E ANÁLISES VISANDO À ELABORAÇÃO DE NORMA QUE REGULAMENTE O USO DE BICICLETAS ELÉTRICAS, PATINETES E CICLOMOTORES NO MUNICÍPIO, INCLUINDO A OBRIGATORIEDADE DO USO DE CAPACETE.</t>
   </si>
   <si>
     <t>Indicação nº 901 de 2025</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE REALIZAR A PODA DAS ÁRVORES EXISTENTES NO BOSQUE INTERNO DA CME JOANA D’ARC, LOCALIZADO NO BAIRRO JARDIM RIO PRETO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
-    <t>Parecer de Comissão Permanente nº 885 de 2025</t>
-[...8 lines deleted...]
-    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 361/2025 EXECUTIVO MUNICIPAL</t>
+    <t>Parecer de Comissão Permanente nº 887 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI COMPLEMENTAR 26/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 888 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 364/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 890 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 365/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 891 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE FINANÇAS E ORÇAMENTO AO PROJETO DE LEI ORDINÁRIA 366/2025 PODER EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 897 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 365/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 898 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI ORDINÁRIA 364/2025 EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 900 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE COMÉRCIO E TURISMO AO PROJETO DE LEI 364/2025 EXECUTIVO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Permanente nº 906 de 2025</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO DE LEGISLAÇÃO AO PROJETO DE LEI SUBSTITUTIVO 29/2025 EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>Moção nº 48 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO GRUPO DE APOIO LUZ DA ESPERANÇA (GAO), EM RECONHECIMENTO À SUA TRAJETÓRIA DE 23 ANOS DE SERVIÇO VOLUNTÁRIO, PROMOVENDO ACOLHIMENTO, SOLIDARIEDADE E APOIO INTEGRAL ÀS PESSOAS ACOMETIDAS PELO CÂNCER E SUAS FAMÍLIAS.</t>
   </si>
   <si>
     <t>Moção nº 49 de 2025</t>
   </si>
   <si>
     <t>Dona Neide,Edmilson Porfirio,Escobar,Esdras Moraes,Evânia Félix,Fabio Brito,Helio da Nazaré,Horácio Pereira,Niltinho do Lanche,Prof Sebastian,Renato Calhas,Romer Japonês,Sarah Botelho,Zi Lima</t>
   </si>
   <si>
     <t>PROPÕE A MESA DIRETORA O ENCAMINHAMENTO DE MOÇÃO DE APLAUSOS, RECONHECIMENTO E CONGRATULAÇÕES AO DIA DO SERVIDOR PÚBLICO.</t>
   </si>
   <si>
     <t>Moção nº 50 de 2025</t>
   </si>
   <si>
-    <t>MOÇÃO DE APLAUSOS AOS CORRETORES DE IMÓVEIS.</t>
+    <t>MOÇÃO DE APLAUSOS AOS CORRETORES DE IMÓVEIS PELAS RELEVANTES CONTRIBUIÇÕES AO DESENVOLVIMENTO SÓCIO-ECONÔMICO DE TANGARÁ DA SERRA - MT.</t>
   </si>
   <si>
     <t>Moção nº 51 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, RECONHECIMENTO E CONGRATULAÇÕES AO CORPO DE BOMBEIROS MILITAR PELOS BRILHANTES SERVIÇOS PRESTADOS A POPULAÇÃO NO MUNICIPIO DE TANGARA DA SERRA MARCADOS PELA DEDICAÇÃO, CORAGEM, EFICIÊNCIA E COMPROMISSO COM A VIDA HUMANA E O BEM-ESTAR DA COMUNIDADE.</t>
   </si>
   <si>
     <t>Moção nº 52 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, RECONHECIMENTO E CONGRATULAÇÕES AOS SERVIDORES LOTADOS NA CASA DE APOIO DE TANGARÁ DA SERRA, EM CUIABÁ.</t>
   </si>
   <si>
     <t>Moção nº 53 de 2025</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS RECONHECIMENTO E CONGRATULAÇÕES A EDER SILVA DE OLIVEIRA PELOS RELEVANTES SERVIÇOS PRESTADOS A PREFEITURA DE TANGARA DA SERRA.</t>
   </si>
   <si>
-    <t>Projeto Substitutivo nº 28 de 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Emendas e Subemendas a Proposições nº 10 de 2025</t>
   </si>
   <si>
-    <t>Fabio Brito</t>
-[...1 lines deleted...]
-  <si>
     <t>EMENDA AO PROJETO  DE LEI ORDINÁRIA 335/2025 – 294/2025 PODER EXECULTIVO</t>
-  </si>
-[...13 lines deleted...]
-    <t>Proposição rejeitada pelo Plenário</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -750,1122 +957,2282 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F53"/>
+  <dimension ref="A1:F111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="174.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>10491</v>
+        <v>10632</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>10753</v>
+        <v>10716</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>10599</v>
+        <v>10774</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>10729</v>
+        <v>10839</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>10733</v>
+        <v>10843</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>10734</v>
+        <v>10817</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>10736</v>
+        <v>10784</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>10783</v>
+        <v>10599</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>10813</v>
+        <v>10761</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>10780</v>
+        <v>10847</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>10781</v>
+        <v>10816</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>10782</v>
+        <v>10729</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>10818</v>
+        <v>10777</v>
       </c>
       <c r="B14" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F14" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>10819</v>
+        <v>10757</v>
       </c>
       <c r="B15" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>10820</v>
+        <v>10733</v>
       </c>
       <c r="B16" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>10821</v>
+        <v>10844</v>
       </c>
       <c r="B17" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>48</v>
       </c>
       <c r="F17" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>10823</v>
+        <v>10840</v>
       </c>
       <c r="B18" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>10824</v>
+        <v>10734</v>
       </c>
       <c r="B19" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>10785</v>
+        <v>10760</v>
       </c>
       <c r="B20" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>54</v>
       </c>
       <c r="F20" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>10801</v>
+        <v>10768</v>
       </c>
       <c r="B21" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>56</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>10805</v>
+        <v>10775</v>
       </c>
       <c r="B22" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C22" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" t="s">
+        <v>58</v>
+      </c>
+      <c r="E22" t="s">
         <v>59</v>
       </c>
-      <c r="D22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>10806</v>
+        <v>10736</v>
       </c>
       <c r="B23" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" t="s">
         <v>61</v>
       </c>
-      <c r="D23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>10808</v>
+        <v>10804</v>
       </c>
       <c r="B24" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
         <v>63</v>
       </c>
-      <c r="D24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>10809</v>
+        <v>10833</v>
       </c>
       <c r="B25" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>65</v>
       </c>
-      <c r="D25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>10786</v>
+        <v>10841</v>
       </c>
       <c r="B26" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" t="s">
         <v>67</v>
       </c>
-      <c r="D26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>10787</v>
+        <v>10780</v>
       </c>
       <c r="B27" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C27" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" t="s">
+        <v>26</v>
+      </c>
+      <c r="E27" t="s">
         <v>69</v>
       </c>
-      <c r="D27" t="s">
+      <c r="F27" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>10788</v>
+        <v>10827</v>
       </c>
       <c r="B28" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>72</v>
       </c>
-      <c r="D28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>10790</v>
+        <v>10846</v>
       </c>
       <c r="B29" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C29" t="s">
+        <v>73</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
         <v>74</v>
       </c>
-      <c r="D29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>10791</v>
+        <v>10781</v>
       </c>
       <c r="B30" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C30" t="s">
+        <v>75</v>
+      </c>
+      <c r="D30" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" t="s">
         <v>76</v>
       </c>
-      <c r="D30" t="s">
+      <c r="F30" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>10792</v>
+        <v>10807</v>
       </c>
       <c r="B31" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C31" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" t="s">
         <v>78</v>
       </c>
-      <c r="D31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>10795</v>
+        <v>10830</v>
       </c>
       <c r="B32" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C32" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>80</v>
       </c>
-      <c r="D32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>10797</v>
+        <v>10842</v>
       </c>
       <c r="B33" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>84</v>
+        <v>8</v>
       </c>
       <c r="E33" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F33" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>10798</v>
+        <v>10782</v>
       </c>
       <c r="B34" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D34" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" t="s">
         <v>84</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>10799</v>
+        <v>10832</v>
       </c>
       <c r="B35" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D35" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F35" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>10802</v>
+        <v>10837</v>
       </c>
       <c r="B36" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C36" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D36" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F36" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>10810</v>
+        <v>10818</v>
       </c>
       <c r="B37" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C37" t="s">
+        <v>89</v>
+      </c>
+      <c r="D37" t="s">
+        <v>90</v>
+      </c>
+      <c r="E37" t="s">
+        <v>91</v>
+      </c>
+      <c r="F37" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>10811</v>
+        <v>10831</v>
       </c>
       <c r="B38" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C38" t="s">
+        <v>93</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
         <v>94</v>
       </c>
-      <c r="D38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>10814</v>
+        <v>10834</v>
       </c>
       <c r="B39" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C39" t="s">
+        <v>95</v>
+      </c>
+      <c r="D39" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" t="s">
         <v>96</v>
       </c>
-      <c r="D39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>10815</v>
+        <v>10848</v>
       </c>
       <c r="B40" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D40" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E40" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F40" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>10822</v>
+        <v>10824</v>
       </c>
       <c r="B41" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C41" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D41" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E41" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="F41" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>10804</v>
+        <v>10491</v>
       </c>
       <c r="B42" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C42" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D42" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="E42" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F42" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>10807</v>
+        <v>10753</v>
       </c>
       <c r="B43" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C43" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D43" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="E43" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F43" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>10789</v>
+        <v>10783</v>
       </c>
       <c r="B44" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C44" t="s">
+        <v>106</v>
+      </c>
+      <c r="D44" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" t="s">
         <v>107</v>
       </c>
-      <c r="D44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>10794</v>
+        <v>10813</v>
       </c>
       <c r="B45" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C45" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45" t="s">
         <v>109</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>110</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>10796</v>
+        <v>10780</v>
       </c>
       <c r="B46" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C46" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="D46" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E46" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="F46" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>10800</v>
+        <v>10781</v>
       </c>
       <c r="B47" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C47" t="s">
-        <v>114</v>
+        <v>75</v>
       </c>
       <c r="D47" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="E47" t="s">
-        <v>115</v>
+        <v>76</v>
       </c>
       <c r="F47" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>10803</v>
+        <v>10782</v>
       </c>
       <c r="B48" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C48" t="s">
-        <v>116</v>
+        <v>83</v>
       </c>
       <c r="D48" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="E48" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="F48" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>10812</v>
+        <v>10818</v>
       </c>
       <c r="B49" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C49" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="D49" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="E49" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="F49" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>10784</v>
+        <v>10819</v>
       </c>
       <c r="B50" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C50" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="D50" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="E50" t="s">
-        <v>14</v>
+        <v>112</v>
       </c>
       <c r="F50" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>10793</v>
+        <v>10820</v>
       </c>
       <c r="B51" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C51" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="D51" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="E51" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="F51" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>10816</v>
+        <v>10821</v>
       </c>
       <c r="B52" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="C52" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D52" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E52" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="F52" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
+        <v>10823</v>
+      </c>
+      <c r="B53" t="s">
+        <v>105</v>
+      </c>
+      <c r="C53" t="s">
+        <v>118</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" t="s">
+        <v>119</v>
+      </c>
+      <c r="F53" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54">
+        <v>10824</v>
+      </c>
+      <c r="B54" t="s">
+        <v>105</v>
+      </c>
+      <c r="C54" t="s">
+        <v>99</v>
+      </c>
+      <c r="D54" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" t="s">
+        <v>100</v>
+      </c>
+      <c r="F54" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55">
+        <v>10785</v>
+      </c>
+      <c r="B55" t="s">
+        <v>105</v>
+      </c>
+      <c r="C55" t="s">
+        <v>120</v>
+      </c>
+      <c r="D55" t="s">
+        <v>36</v>
+      </c>
+      <c r="E55" t="s">
+        <v>121</v>
+      </c>
+      <c r="F55" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56">
+        <v>10801</v>
+      </c>
+      <c r="B56" t="s">
+        <v>105</v>
+      </c>
+      <c r="C56" t="s">
+        <v>122</v>
+      </c>
+      <c r="D56" t="s">
+        <v>123</v>
+      </c>
+      <c r="E56" t="s">
+        <v>124</v>
+      </c>
+      <c r="F56" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57">
+        <v>10805</v>
+      </c>
+      <c r="B57" t="s">
+        <v>105</v>
+      </c>
+      <c r="C57" t="s">
+        <v>125</v>
+      </c>
+      <c r="D57" t="s">
+        <v>123</v>
+      </c>
+      <c r="E57" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58">
+        <v>10806</v>
+      </c>
+      <c r="B58" t="s">
+        <v>105</v>
+      </c>
+      <c r="C58" t="s">
+        <v>127</v>
+      </c>
+      <c r="D58" t="s">
+        <v>123</v>
+      </c>
+      <c r="E58" t="s">
+        <v>128</v>
+      </c>
+      <c r="F58" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59">
+        <v>10808</v>
+      </c>
+      <c r="B59" t="s">
+        <v>105</v>
+      </c>
+      <c r="C59" t="s">
+        <v>129</v>
+      </c>
+      <c r="D59" t="s">
+        <v>109</v>
+      </c>
+      <c r="E59" t="s">
+        <v>130</v>
+      </c>
+      <c r="F59" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60">
+        <v>10809</v>
+      </c>
+      <c r="B60" t="s">
+        <v>105</v>
+      </c>
+      <c r="C60" t="s">
+        <v>131</v>
+      </c>
+      <c r="D60" t="s">
+        <v>90</v>
+      </c>
+      <c r="E60" t="s">
+        <v>132</v>
+      </c>
+      <c r="F60" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61">
+        <v>10786</v>
+      </c>
+      <c r="B61" t="s">
+        <v>105</v>
+      </c>
+      <c r="C61" t="s">
+        <v>133</v>
+      </c>
+      <c r="D61" t="s">
+        <v>36</v>
+      </c>
+      <c r="E61" t="s">
+        <v>134</v>
+      </c>
+      <c r="F61" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62">
+        <v>10787</v>
+      </c>
+      <c r="B62" t="s">
+        <v>105</v>
+      </c>
+      <c r="C62" t="s">
+        <v>135</v>
+      </c>
+      <c r="D62" t="s">
+        <v>136</v>
+      </c>
+      <c r="E62" t="s">
+        <v>137</v>
+      </c>
+      <c r="F62" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63">
+        <v>10788</v>
+      </c>
+      <c r="B63" t="s">
+        <v>105</v>
+      </c>
+      <c r="C63" t="s">
+        <v>138</v>
+      </c>
+      <c r="D63" t="s">
+        <v>136</v>
+      </c>
+      <c r="E63" t="s">
+        <v>139</v>
+      </c>
+      <c r="F63" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64">
+        <v>10790</v>
+      </c>
+      <c r="B64" t="s">
+        <v>105</v>
+      </c>
+      <c r="C64" t="s">
+        <v>140</v>
+      </c>
+      <c r="D64" t="s">
+        <v>136</v>
+      </c>
+      <c r="E64" t="s">
+        <v>141</v>
+      </c>
+      <c r="F64" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65">
+        <v>10791</v>
+      </c>
+      <c r="B65" t="s">
+        <v>105</v>
+      </c>
+      <c r="C65" t="s">
+        <v>142</v>
+      </c>
+      <c r="D65" t="s">
+        <v>136</v>
+      </c>
+      <c r="E65" t="s">
+        <v>143</v>
+      </c>
+      <c r="F65" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66">
+        <v>10792</v>
+      </c>
+      <c r="B66" t="s">
+        <v>105</v>
+      </c>
+      <c r="C66" t="s">
+        <v>144</v>
+      </c>
+      <c r="D66" t="s">
+        <v>43</v>
+      </c>
+      <c r="E66" t="s">
+        <v>145</v>
+      </c>
+      <c r="F66" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67">
+        <v>10795</v>
+      </c>
+      <c r="B67" t="s">
+        <v>105</v>
+      </c>
+      <c r="C67" t="s">
+        <v>146</v>
+      </c>
+      <c r="D67" t="s">
+        <v>58</v>
+      </c>
+      <c r="E67" t="s">
+        <v>147</v>
+      </c>
+      <c r="F67" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68">
+        <v>10797</v>
+      </c>
+      <c r="B68" t="s">
+        <v>105</v>
+      </c>
+      <c r="C68" t="s">
+        <v>148</v>
+      </c>
+      <c r="D68" t="s">
+        <v>149</v>
+      </c>
+      <c r="E68" t="s">
+        <v>150</v>
+      </c>
+      <c r="F68" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69">
+        <v>10798</v>
+      </c>
+      <c r="B69" t="s">
+        <v>105</v>
+      </c>
+      <c r="C69" t="s">
+        <v>151</v>
+      </c>
+      <c r="D69" t="s">
+        <v>149</v>
+      </c>
+      <c r="E69" t="s">
+        <v>152</v>
+      </c>
+      <c r="F69" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70">
+        <v>10799</v>
+      </c>
+      <c r="B70" t="s">
+        <v>105</v>
+      </c>
+      <c r="C70" t="s">
+        <v>153</v>
+      </c>
+      <c r="D70" t="s">
+        <v>109</v>
+      </c>
+      <c r="E70" t="s">
+        <v>154</v>
+      </c>
+      <c r="F70" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71">
+        <v>10802</v>
+      </c>
+      <c r="B71" t="s">
+        <v>105</v>
+      </c>
+      <c r="C71" t="s">
+        <v>155</v>
+      </c>
+      <c r="D71" t="s">
+        <v>58</v>
+      </c>
+      <c r="E71" t="s">
+        <v>156</v>
+      </c>
+      <c r="F71" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72">
+        <v>10810</v>
+      </c>
+      <c r="B72" t="s">
+        <v>105</v>
+      </c>
+      <c r="C72" t="s">
+        <v>157</v>
+      </c>
+      <c r="D72" t="s">
+        <v>90</v>
+      </c>
+      <c r="E72" t="s">
+        <v>158</v>
+      </c>
+      <c r="F72" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73">
+        <v>10811</v>
+      </c>
+      <c r="B73" t="s">
+        <v>105</v>
+      </c>
+      <c r="C73" t="s">
+        <v>159</v>
+      </c>
+      <c r="D73" t="s">
+        <v>90</v>
+      </c>
+      <c r="E73" t="s">
+        <v>160</v>
+      </c>
+      <c r="F73" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74">
+        <v>10814</v>
+      </c>
+      <c r="B74" t="s">
+        <v>105</v>
+      </c>
+      <c r="C74" t="s">
+        <v>161</v>
+      </c>
+      <c r="D74" t="s">
+        <v>8</v>
+      </c>
+      <c r="E74" t="s">
+        <v>162</v>
+      </c>
+      <c r="F74" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75">
+        <v>10815</v>
+      </c>
+      <c r="B75" t="s">
+        <v>105</v>
+      </c>
+      <c r="C75" t="s">
+        <v>163</v>
+      </c>
+      <c r="D75" t="s">
+        <v>36</v>
+      </c>
+      <c r="E75" t="s">
+        <v>164</v>
+      </c>
+      <c r="F75" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76">
+        <v>10822</v>
+      </c>
+      <c r="B76" t="s">
+        <v>105</v>
+      </c>
+      <c r="C76" t="s">
+        <v>165</v>
+      </c>
+      <c r="D76" t="s">
+        <v>109</v>
+      </c>
+      <c r="E76" t="s">
+        <v>166</v>
+      </c>
+      <c r="F76" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77">
+        <v>10804</v>
+      </c>
+      <c r="B77" t="s">
+        <v>105</v>
+      </c>
+      <c r="C77" t="s">
+        <v>62</v>
+      </c>
+      <c r="D77" t="s">
+        <v>43</v>
+      </c>
+      <c r="E77" t="s">
+        <v>63</v>
+      </c>
+      <c r="F77" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78">
+        <v>10807</v>
+      </c>
+      <c r="B78" t="s">
+        <v>105</v>
+      </c>
+      <c r="C78" t="s">
+        <v>77</v>
+      </c>
+      <c r="D78" t="s">
+        <v>43</v>
+      </c>
+      <c r="E78" t="s">
+        <v>78</v>
+      </c>
+      <c r="F78" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79">
+        <v>10825</v>
+      </c>
+      <c r="B79" t="s">
+        <v>105</v>
+      </c>
+      <c r="C79" t="s">
+        <v>167</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>168</v>
+      </c>
+      <c r="F79" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80">
+        <v>10826</v>
+      </c>
+      <c r="B80" t="s">
+        <v>105</v>
+      </c>
+      <c r="C80" t="s">
+        <v>169</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>170</v>
+      </c>
+      <c r="F80" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81">
+        <v>10827</v>
+      </c>
+      <c r="B81" t="s">
+        <v>105</v>
+      </c>
+      <c r="C81" t="s">
+        <v>71</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>72</v>
+      </c>
+      <c r="F81" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82">
+        <v>10828</v>
+      </c>
+      <c r="B82" t="s">
+        <v>105</v>
+      </c>
+      <c r="C82" t="s">
+        <v>171</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>172</v>
+      </c>
+      <c r="F82" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83">
+        <v>10829</v>
+      </c>
+      <c r="B83" t="s">
+        <v>105</v>
+      </c>
+      <c r="C83" t="s">
+        <v>173</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>174</v>
+      </c>
+      <c r="F83" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84">
+        <v>10830</v>
+      </c>
+      <c r="B84" t="s">
+        <v>105</v>
+      </c>
+      <c r="C84" t="s">
+        <v>79</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>80</v>
+      </c>
+      <c r="F84" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85">
+        <v>10831</v>
+      </c>
+      <c r="B85" t="s">
+        <v>105</v>
+      </c>
+      <c r="C85" t="s">
+        <v>93</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>94</v>
+      </c>
+      <c r="F85" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86">
+        <v>10832</v>
+      </c>
+      <c r="B86" t="s">
+        <v>105</v>
+      </c>
+      <c r="C86" t="s">
+        <v>85</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>86</v>
+      </c>
+      <c r="F86" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87">
+        <v>10833</v>
+      </c>
+      <c r="B87" t="s">
+        <v>105</v>
+      </c>
+      <c r="C87" t="s">
+        <v>64</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>65</v>
+      </c>
+      <c r="F87" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88">
+        <v>10834</v>
+      </c>
+      <c r="B88" t="s">
+        <v>105</v>
+      </c>
+      <c r="C88" t="s">
+        <v>95</v>
+      </c>
+      <c r="D88" t="s">
+        <v>43</v>
+      </c>
+      <c r="E88" t="s">
+        <v>96</v>
+      </c>
+      <c r="F88" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89">
+        <v>10835</v>
+      </c>
+      <c r="B89" t="s">
+        <v>105</v>
+      </c>
+      <c r="C89" t="s">
+        <v>175</v>
+      </c>
+      <c r="D89" t="s">
+        <v>43</v>
+      </c>
+      <c r="E89" t="s">
+        <v>176</v>
+      </c>
+      <c r="F89" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90">
+        <v>10836</v>
+      </c>
+      <c r="B90" t="s">
+        <v>105</v>
+      </c>
+      <c r="C90" t="s">
+        <v>177</v>
+      </c>
+      <c r="D90" t="s">
+        <v>43</v>
+      </c>
+      <c r="E90" t="s">
+        <v>178</v>
+      </c>
+      <c r="F90" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91">
+        <v>10837</v>
+      </c>
+      <c r="B91" t="s">
+        <v>105</v>
+      </c>
+      <c r="C91" t="s">
+        <v>87</v>
+      </c>
+      <c r="D91" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" t="s">
+        <v>88</v>
+      </c>
+      <c r="F91" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92">
+        <v>10838</v>
+      </c>
+      <c r="B92" t="s">
+        <v>105</v>
+      </c>
+      <c r="C92" t="s">
+        <v>179</v>
+      </c>
+      <c r="D92" t="s">
+        <v>58</v>
+      </c>
+      <c r="E92" t="s">
+        <v>180</v>
+      </c>
+      <c r="F92" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93">
+        <v>10839</v>
+      </c>
+      <c r="B93" t="s">
+        <v>105</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" t="s">
+        <v>19</v>
+      </c>
+      <c r="F93" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94">
+        <v>10840</v>
+      </c>
+      <c r="B94" t="s">
+        <v>105</v>
+      </c>
+      <c r="C94" t="s">
+        <v>49</v>
+      </c>
+      <c r="D94" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" t="s">
+        <v>50</v>
+      </c>
+      <c r="F94" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95">
+        <v>10841</v>
+      </c>
+      <c r="B95" t="s">
+        <v>105</v>
+      </c>
+      <c r="C95" t="s">
+        <v>66</v>
+      </c>
+      <c r="D95" t="s">
+        <v>8</v>
+      </c>
+      <c r="E95" t="s">
+        <v>67</v>
+      </c>
+      <c r="F95" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96">
+        <v>10842</v>
+      </c>
+      <c r="B96" t="s">
+        <v>105</v>
+      </c>
+      <c r="C96" t="s">
+        <v>81</v>
+      </c>
+      <c r="D96" t="s">
+        <v>8</v>
+      </c>
+      <c r="E96" t="s">
+        <v>82</v>
+      </c>
+      <c r="F96" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97">
+        <v>10843</v>
+      </c>
+      <c r="B97" t="s">
+        <v>105</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" t="s">
+        <v>21</v>
+      </c>
+      <c r="F97" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98">
+        <v>10845</v>
+      </c>
+      <c r="B98" t="s">
+        <v>105</v>
+      </c>
+      <c r="C98" t="s">
+        <v>181</v>
+      </c>
+      <c r="D98" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" t="s">
+        <v>182</v>
+      </c>
+      <c r="F98" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99">
+        <v>10846</v>
+      </c>
+      <c r="B99" t="s">
+        <v>105</v>
+      </c>
+      <c r="C99" t="s">
+        <v>73</v>
+      </c>
+      <c r="D99" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" t="s">
+        <v>74</v>
+      </c>
+      <c r="F99" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100">
+        <v>10847</v>
+      </c>
+      <c r="B100" t="s">
+        <v>105</v>
+      </c>
+      <c r="C100" t="s">
+        <v>33</v>
+      </c>
+      <c r="D100" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" t="s">
+        <v>34</v>
+      </c>
+      <c r="F100" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101">
+        <v>10848</v>
+      </c>
+      <c r="B101" t="s">
+        <v>105</v>
+      </c>
+      <c r="C101" t="s">
+        <v>97</v>
+      </c>
+      <c r="D101" t="s">
+        <v>31</v>
+      </c>
+      <c r="E101" t="s">
+        <v>98</v>
+      </c>
+      <c r="F101" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102">
+        <v>10789</v>
+      </c>
+      <c r="B102" t="s">
+        <v>105</v>
+      </c>
+      <c r="C102" t="s">
+        <v>183</v>
+      </c>
+      <c r="D102" t="s">
+        <v>8</v>
+      </c>
+      <c r="E102" t="s">
+        <v>184</v>
+      </c>
+      <c r="F102" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103">
+        <v>10794</v>
+      </c>
+      <c r="B103" t="s">
+        <v>105</v>
+      </c>
+      <c r="C103" t="s">
+        <v>185</v>
+      </c>
+      <c r="D103" t="s">
+        <v>186</v>
+      </c>
+      <c r="E103" t="s">
+        <v>187</v>
+      </c>
+      <c r="F103" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104">
+        <v>10796</v>
+      </c>
+      <c r="B104" t="s">
+        <v>105</v>
+      </c>
+      <c r="C104" t="s">
+        <v>188</v>
+      </c>
+      <c r="D104" t="s">
+        <v>36</v>
+      </c>
+      <c r="E104" t="s">
+        <v>189</v>
+      </c>
+      <c r="F104" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105">
+        <v>10800</v>
+      </c>
+      <c r="B105" t="s">
+        <v>105</v>
+      </c>
+      <c r="C105" t="s">
+        <v>190</v>
+      </c>
+      <c r="D105" t="s">
+        <v>58</v>
+      </c>
+      <c r="E105" t="s">
+        <v>191</v>
+      </c>
+      <c r="F105" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106">
+        <v>10803</v>
+      </c>
+      <c r="B106" t="s">
+        <v>105</v>
+      </c>
+      <c r="C106" t="s">
+        <v>192</v>
+      </c>
+      <c r="D106" t="s">
+        <v>58</v>
+      </c>
+      <c r="E106" t="s">
+        <v>193</v>
+      </c>
+      <c r="F106" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107">
+        <v>10812</v>
+      </c>
+      <c r="B107" t="s">
+        <v>105</v>
+      </c>
+      <c r="C107" t="s">
+        <v>194</v>
+      </c>
+      <c r="D107" t="s">
+        <v>109</v>
+      </c>
+      <c r="E107" t="s">
+        <v>195</v>
+      </c>
+      <c r="F107" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108">
+        <v>10784</v>
+      </c>
+      <c r="B108" t="s">
+        <v>105</v>
+      </c>
+      <c r="C108" t="s">
+        <v>25</v>
+      </c>
+      <c r="D108" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" t="s">
+        <v>27</v>
+      </c>
+      <c r="F108" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109">
+        <v>10793</v>
+      </c>
+      <c r="B109" t="s">
+        <v>105</v>
+      </c>
+      <c r="C109" t="s">
+        <v>196</v>
+      </c>
+      <c r="D109" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" t="s">
+        <v>197</v>
+      </c>
+      <c r="F109" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110">
+        <v>10816</v>
+      </c>
+      <c r="B110" t="s">
+        <v>105</v>
+      </c>
+      <c r="C110" t="s">
+        <v>35</v>
+      </c>
+      <c r="D110" t="s">
+        <v>36</v>
+      </c>
+      <c r="E110" t="s">
+        <v>37</v>
+      </c>
+      <c r="F110" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111">
         <v>10817</v>
       </c>
-      <c r="B53" t="s">
+      <c r="B111" t="s">
+        <v>105</v>
+      </c>
+      <c r="C111" t="s">
+        <v>23</v>
+      </c>
+      <c r="D111" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" t="s">
         <v>24</v>
       </c>
-      <c r="C53" t="s">
-[...9 lines deleted...]
-        <v>128</v>
+      <c r="F111" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>